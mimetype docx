--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -1,3551 +1,4883 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10065" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="10349" w:type="dxa"/>
+        <w:tblInd w:w="-743" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10065"/>
+        <w:gridCol w:w="10349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidTr="009B431C">
-[...2 lines deleted...]
-            <w:tcW w:w="10065" w:type="dxa"/>
+      <w:tr w:rsidR="00C2075A" w:rsidRPr="00184E75" w:rsidTr="00C2075A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10349" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+          <w:p w:rsidR="00C2075A" w:rsidRPr="009B431C" w:rsidRDefault="00C2075A" w:rsidP="00C2075A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="943634"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="943634"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>!!! ОФОРМЛЯЕТСЯ НА ФИРМЕННОМ БЛАНКЕ ОРГАНИЗАЦИИ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+          <w:p w:rsidR="00C2075A" w:rsidRPr="009B431C" w:rsidRDefault="00C2075A" w:rsidP="00C2075A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="943634"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="943634"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">(с присвоением </w:t>
             </w:r>
             <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="943634"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>исходящего</w:t>
             </w:r>
             <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="943634"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> номера!!!)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+          <w:p w:rsidR="00C2075A" w:rsidRPr="009B431C" w:rsidRDefault="00C2075A" w:rsidP="00C2075A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="943634"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="943634"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>При заполнении можно обратиться за консультацией к сотрудникам ООО «УИЦ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="009B431C">
-[...53 lines deleted...]
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00AE15AD">
+          <w:p w:rsidR="00C2075A" w:rsidRPr="00184E75" w:rsidRDefault="00C2075A" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="009B431C">
+    <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00C00F39" w:rsidP="00C236E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+    <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B431C">
+      <w:r w:rsidRPr="00B9387C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+    <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B431C">
+      <w:r w:rsidRPr="00B9387C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">об </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B431C">
+      <w:r w:rsidRPr="00B9387C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>аттестации по вопросам промышленной безопасности, по вопросам безопасности гидротехнических сооружений, безопасности в сфере электроэнергетики</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+    <w:p w:rsidR="00C00F39" w:rsidRPr="002C1187" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+    <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B431C">
+      <w:r w:rsidRPr="00B9387C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Направляется на аттестацию:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9810" w:type="dxa"/>
-        <w:tblInd w:w="-398" w:type="dxa"/>
+        <w:tblW w:w="10633" w:type="dxa"/>
+        <w:tblInd w:w="-823" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00C00F39" w:rsidP="00B9387C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-851" w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование территориаль</w:t>
+            </w:r>
+            <w:r w:rsidR="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ного органа Федеральной службы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по экологическому, технологическому и атомному надзору</w:t>
+            </w:r>
+            <w:r w:rsidR="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, в который подается заявление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>об аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C00F39" w:rsidRPr="00B9387C" w:rsidRDefault="00254303" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009B431C">
+              <w:t xml:space="preserve">Уральское управление Федеральной службы </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+              <w:t xml:space="preserve">по экологическому, технологическому и атомному надзору, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...79 lines deleted...]
-            </w:pPr>
+              <w:t>г.Челябинск</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="10633" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="006F09BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...41 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сведения о заявителе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00553242">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(юридическое лицо или индивидуальный предприниматель)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00C236E7">
+        <w:trPr>
+          <w:trHeight w:val="428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование заявителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00737FA9">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Идентификационный номер налогоплательщика заявителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00737FA9">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Юридический и фактический адреса заявителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00737FA9">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="006F09BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Контактные данные заявителя:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="006F09BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:trPr>
+          <w:trHeight w:val="403"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="008C2D0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10633" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00553242">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сведения об аттестуемом</w:t>
+            </w:r>
+            <w:r w:rsidR="00553242" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лице</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00553242" w:rsidRPr="00B9387C" w:rsidRDefault="00553242" w:rsidP="00553242">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при нескольких аттестуемых – таблица заполняется отдельно на каждого работника) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество (при наличии) аттестуемого лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5698" w:type="dxa"/>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="0095180D">
         <w:trPr>
-          <w:trHeight w:val="605"/>
+          <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...24 lines deleted...]
-            <w:tcW w:w="5698" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата и место рождения аттестуемого лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Страховой номер индивидуального лицевого счета аттестуемого лица (СНИЛС)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="0095180D">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Идентификационный номер налогоплательщика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="0095180D">
+        <w:trPr>
+          <w:trHeight w:val="618"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:tcW w:w="5698" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сведения о документе, удостоверяющем личность аттестуемого лица (серия, номер, кем выдан, дата выдачи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="0095180D">
         <w:trPr>
-          <w:trHeight w:val="1170"/>
+          <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...33 lines deleted...]
-            <w:tcW w:w="5698" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Место регистрации аттестуемого лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="0095180D">
         <w:trPr>
-          <w:trHeight w:val="555"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Контактный номер телефона аттестуемого лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5698" w:type="dxa"/>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009B431C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="5698" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адрес электронной </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>почты  аттестуемого</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Занимаемая должность аттестуемого лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5698" w:type="dxa"/>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...403 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Причина аттестации </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B431C">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
               <w:t>(первичная, периодическая, внеочередная)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="5698" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отметить один из предложенных вариантов знаком «V»)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00225363" w:rsidRDefault="006F09BB" w:rsidP="007C4B14">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>□ Первичная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00225363" w:rsidRDefault="006F09BB" w:rsidP="007C4B14">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>□ Периодическая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007C4B14">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>□ Внеочередная</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сведения о должностных обязанностях и (или) функциях аттестуемого лица в организации (заявителе)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отметить один из предложенных вариантов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>знаком «V»)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00225363" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="5104" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="0046052D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...44 lines deleted...]
-              <w:t>опасные производственные объекты I, II или III класса опасности</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работник, ответственный за осуществление производственного контроля за соблюдением требований промышленной безопасности в организациях, эксплуатирующих опасные производственные объекты I, II или III класса опасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00225363" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="72"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="5104" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работник, являющийся членом аттестационной комиссии организации, осуществляющей деятельность в области промышленной безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00225363" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="72"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="5104" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работник, осуществляющий авторский надзор в процессе строительства, реконструкции, капитального ремонта, технического перевооружения, консервации и ликвидации опасных производственных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00225363" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="72"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="5104" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Работник, осуществляющий функции строительного контроля при строительстве, реконструкции и капитального ремонта опасных производственных объектов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...13 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00225363" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="72"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="5104" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Иная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="007E4000">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Области аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-[...24 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...43 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
+          <w:p w:rsidR="006F09BB" w:rsidRPr="00B9387C" w:rsidRDefault="006F09BB" w:rsidP="00AE15AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidTr="00C67102">
+      <w:tr w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00AE15AD">
-            <w:pPr>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="007E4000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00AE15AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Реквизиты документа о квалификации, полученного в течение 5 лет, предшествующих дате его представления, по результатам дополнительного профессионального образования в области промышленной безопасности по дополнительным профессиональным программам, соответствующим заявленным областям аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00B9387C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) Наименование документа ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                    (сертификат, удостоверение и т.д.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Серия ___________ № ____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование учебного центра ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Программа ______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00B9387C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) Наименование документа ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                    (сертификат, удостоверение и т.д.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Серия ___________ № ____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование учебного центра ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Программа ______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="007E4000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="0046052D" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0046052D" w:rsidRPr="00B9387C" w:rsidRDefault="00F42E6D" w:rsidP="0046052D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Согласие на обработку персональных данных аттестуемого лица</w:t>
+            </w:r>
+            <w:r w:rsidR="0001090B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0046052D" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(статья 9 Федерального закона «О персональных данных»)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0046052D" w:rsidRPr="00B9387C" w:rsidRDefault="0046052D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006931C8" w:rsidRDefault="00F42E6D" w:rsidP="006931C8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________          ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F42E6D" w:rsidRPr="00B43EDE" w:rsidRDefault="006931C8" w:rsidP="006931C8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           </w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E6D" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F42E6D" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подпись)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F42E6D" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           </w:t>
+            </w:r>
+            <w:r w:rsidR="00953427">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E6D" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (ФИО)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046052D" w:rsidRPr="00B9387C" w:rsidTr="00B9387C">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0046052D" w:rsidRPr="00B9387C" w:rsidRDefault="0046052D" w:rsidP="007E4000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4000" w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0046052D" w:rsidRPr="00B9387C" w:rsidRDefault="0046052D" w:rsidP="0046052D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Реквизиты документа, подтверждающего оплату государственной пошлины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0046052D" w:rsidRPr="00B9387C" w:rsidRDefault="0046052D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование документа ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0046052D" w:rsidRPr="00B9387C" w:rsidRDefault="0046052D" w:rsidP="00F42E6D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Номер __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0046052D" w:rsidRDefault="0046052D" w:rsidP="0001090B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9387C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51C46" w:rsidRPr="00E714F7" w:rsidRDefault="00E51C46" w:rsidP="00E51C46">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E714F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>УИН  _</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E714F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61A84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E714F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51C46" w:rsidRPr="00E714F7" w:rsidRDefault="00E51C46" w:rsidP="00E51C46">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E714F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(уникальный идентификатор начисления)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51C46" w:rsidRPr="00E714F7" w:rsidRDefault="00E51C46" w:rsidP="00E51C46">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E714F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>УИП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E714F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ___________</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00E714F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51C46" w:rsidRPr="00E51C46" w:rsidRDefault="00E51C46" w:rsidP="00E51C46">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E714F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           (уникальный идентификатор платежа)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+    <w:p w:rsidR="00E51C46" w:rsidRPr="00225363" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B431C">
+      <w:r w:rsidRPr="00225363">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Способ получения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+    <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B431C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(отметить один из предложенных вариантов знаком «V»)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="9037"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidTr="00581539">
+      <w:tr w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidTr="00737FA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="00A00358" w:rsidP="00581539">
+          <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="007A199A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00358">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:pict>
-[...25 lines deleted...]
-              </w:pict>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-70485</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>81915</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="295275" cy="262255"/>
+                      <wp:effectExtent l="11430" t="9525" r="7620" b="13970"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="3" name="Надпись 3"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="295275" cy="262255"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00737FA9" w:rsidRPr="00E36C71" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:lang w:val="en-US"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00E36C71">
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:lang w:val="en-US"/>
+                                    </w:rPr>
+                                    <w:t>V</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Надпись 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-5.55pt;margin-top:6.45pt;width:23.25pt;height:20.65pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+M2BiQAIAAFUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG223Z+o6WrpUoS0&#10;/EgLD+A4TmPheIztNik37rwC78CBAzdeoftGjJ1sKX8XRA7WjGf8zcw3M5lfdo0iW2GdBJ3TyWhM&#10;idAcSqnXOX3zevXonBLnmS6ZAi1yuhOOXi4ePpi3JhMp1KBKYQmCaJe1Jqe19yZLEsdr0TA3AiM0&#10;GiuwDfOo2nVSWtYieqOSdDw+TVqwpbHAhXN4e90b6SLiV5Xg/mVVOeGJyinm5uNp41mEM1nMWba2&#10;zNSSD2mwf8iiYVJj0APUNfOMbKz8DaqR3IKDyo84NAlUleQi1oDVTMa/VHNbMyNiLUiOMwea3P+D&#10;5S+2ryyRZU5PKNGswRbtP+0/77/sv+2/3n24+0hOAketcRm63hp09t1j6LDXsV5nboC/dUTDsmZ6&#10;La6shbYWrMQcJ+FlcvS0x3EBpGifQ4nB2MZDBOoq2wQCkRKC6Nir3aE/ovOE42V6MUvPZpRwNKWn&#10;aTqbxQgsu39srPNPBTQkCDm12P4IzrY3zodkWHbvEmI5ULJcSaWiYtfFUlmyZTgqq/gN6D+5KU3a&#10;nGIis77+v0KM4/cniEZ6nHklm5yeH5xYFlh7oss4kZ5J1cuYstIDjYG5nkPfFd3QlgLKHRJqoZ9t&#10;3EUUarDvKWlxrnPq3m2YFZSoZxqbcjGZTsMiRGU6O0tRsceW4tjCNEeonHpKenHp++XZGCvXNUbq&#10;x0DDFTaykpHk0PE+qyFvnN3I/bBnYTmO9ej142+w+A4AAP//AwBQSwMEFAAGAAgAAAAhAHsZPuvf&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ6yRNSxviVAgJBDcoCK5u&#10;sk0i7HWw3TT8PcsJjqt5mnlbbidrxIg+9I4UpPMEBFLtmp5aBW+v97M1iBA1Ndo4QgXfGGBbnZ+V&#10;umjciV5w3MVWcAmFQivoYhwKKUPdodVh7gYkzg7OWx359K1svD5xuTUyS5KVtLonXuj0gHcd1p+7&#10;o1Wwzh/Hj/C0eH6vVweziVfX48OXV+ryYrq9ARFxin8w/OqzOlTstHdHaoIwCmZpmjLKQbYBwcBi&#10;mYPYK1jmGciqlP8fqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/jNgYkACAABVBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAexk+698AAAAI&#10;AQAADwAAAAAAAAAAAAAAAACaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00737FA9" w:rsidRPr="00E36C71" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E36C71">
+                              <w:rPr>
+                                <w:b/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>V</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9037" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00581539">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00737FA9" w:rsidRPr="00737FA9" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> в регистрирующем органе</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00581539">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в территориальном органе </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00737FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ростехнадзора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidTr="00581539">
+      <w:tr w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidTr="00737FA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="00A00358" w:rsidP="00581539">
+          <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="007A199A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:pict>
-[...1 lines deleted...]
-              </w:pict>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-70485</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>66040</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="295275" cy="254000"/>
+                      <wp:effectExtent l="11430" t="10160" r="7620" b="12065"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Прямоугольник 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="295275" cy="254000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="3F9971B3" id="Прямоугольник 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-5.55pt;margin-top:5.2pt;width:23.25pt;height:20pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF44/DRwIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG3UsrtR09WqSxHS&#10;AistPIDrOI2FY5ux27SckLiuxCPwEFwQP/sM6RsxdrrdFm6IHCyPZ+bzN9+MMz5f14qsBDhpdE4H&#10;vT4lQnNTSL3I6ds3syenlDjPdMGU0SKnG+Ho+eTxo3FjM5GayqhCAEEQ7bLG5rTy3mZJ4nglauZ6&#10;xgqNztJAzTyasEgKYA2i1ypJ+/2nSWOgsGC4cA5PLzsnnUT8shTcvy5LJzxROUVuPq4Q13lYk8mY&#10;ZQtgtpJ8R4P9A4uaSY2X7qEumWdkCfIvqFpyMM6UvsdNnZiylFzEGrCaQf+Pam4qZkWsBcVxdi+T&#10;+3+w/NXqGogscppSolmNLWq/bD9uP7c/27vtp/Zre9f+2N62v9pv7XeSBr0a6zJMu7HXECp29srw&#10;d45oM62YXogLANNUghXIchDik6OEYDhMJfPmpSnwOrb0Jkq3LqEOgCgKWccObfYdEmtPOB6mZ6P0&#10;ZEQJR1c6Gvb7sYMJy+6TLTj/XJiahE1OAQcggrPVlfOBDMvuQyJ5o2Qxk0pFAxbzqQKyYjgss/hF&#10;/ljjYZjSpMkpEhlF5COfO4RAdg8Ej8Jq6XHqlaxzeroPYllQ7Zku4kx6JlW3R8pK72QMynUdmJti&#10;gyqC6UYanyBuKgMfKGlwnHPq3i8ZCErUC42dOBsMh2H+ozEcnaRowKFnfuhhmiNUTj0l3Xbquzez&#10;tCAXFd40iLVrc4HdK2VUNnS2Y7UjiyMbBd89r/AmDu0Y9fATmPwGAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDdAqV3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWictRRDiVAhU&#10;JI5teuG2iZckEK+j2GkDX89ygtNqNE+zM/l2dr060Rg6zwbSZQKKuPa248bAsdwt7kCFiGyx90wG&#10;vijAtri8yDGz/sx7Oh1ioySEQ4YG2hiHTOtQt+QwLP1ALN67Hx1GkWOj7YhnCXe9XiXJrXbYsXxo&#10;caCnlurPw+QMVN3qiN/78iVx97t1fJ3Lj+nt2Zjrq/nxAVSkOf7B8FtfqkMhnSo/sQ2qN7BI01RQ&#10;MZIbUAKsN3IrAxvRusj1/wHFDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAF44/DRwIA&#10;AEwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDdAqV&#10;3QAAAAgBAAAPAAAAAAAAAAAAAAAAAKEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;qwUAAAAA&#10;"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9037" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00581539">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> почтовым отправлением</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00581539">
+          <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidTr="00581539">
+      <w:tr w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidTr="00737FA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="00A00358" w:rsidP="00581539">
+          <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="007A199A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:pict>
-[...1 lines deleted...]
-              </w:pict>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-70485</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>71120</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="319405" cy="250825"/>
+                      <wp:effectExtent l="11430" t="13335" r="12065" b="12065"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1" name="Прямоугольник 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="319405" cy="250825"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="2B68F938" id="Прямоугольник 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-5.55pt;margin-top:5.6pt;width:25.15pt;height:19.75pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDY4jHQQIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNElpoY2arlZdipAW&#10;WGnhAVzHaSwc24zdpuWEtFckHoGH4IL42WdI34iJ05byIw6IHCyPZ+bzN9+MMznbVIqsBThpdEaT&#10;XkyJ0NzkUi8z+vLF/N6IEueZzpkyWmR0Kxw9m969M6ltKvqmNCoXQBBEu7S2GS29t2kUOV6Kirme&#10;sUKjszBQMY8mLKMcWI3olYr6cfwgqg3kFgwXzuHpReek04BfFIL750XhhCcqo8jNhxXCumjXaDph&#10;6RKYLSXf02D/wKJiUuOlR6gL5hlZgfwNqpIcjDOF73FTRaYoJBehBqwmiX+p5rpkVoRaUBxnjzK5&#10;/wfLn62vgMgce0eJZhW2qPmwe7t733xtbnc3zcfmtvmye9d8az41n0nS6lVbl2Latb2CtmJnLw1/&#10;5Yg2s5LppTgHMHUpWI4sQ3z0U0JrOEwli/qpyfE6tvImSLcpoGoBURSyCR3aHjskNp5wPLyfjAfx&#10;kBKOrv4wHvWHLaOIpYdkC84/FqYi7SajgAMQwNn60vku9BASyBsl87lUKhiwXMwUkDXDYZmHb4/u&#10;TsOUJnVGx0O8++8Qcfj+BFFJj1OvZJXR0TGIpa1qj3QeZtIzqbo9Vqc0FnlQruvAwuRbVBFMN9L4&#10;BHFTGnhDSY3jnFH3esVAUKKeaOzEOBkM2vkPxmD4sI8GnHoWpx6mOUJl1FPSbWe+ezMrC3JZ4k1J&#10;qF2bc+xeIYOyLb+O1Z4sjmzozf55tW/i1A5RP34C0+8AAAD//wMAUEsDBBQABgAIAAAAIQDXHdrY&#10;3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctqSd+FjXdEKgIXHcugs3&#10;t/HaQpNUTboVfj3mBCfLeh+9fpxvZ9uLM42h805DslQgyNXedK7RcCx3i0cQIaIz2HtHGr4owLa4&#10;vsoxM/7i9nQ+xEZwiQsZamhjHDIpQ92SxbD0AznOTn60GHkdG2lGvHC57WWq1L202Dm+0OJAzy3V&#10;n4fJaqi69Ijf+/JV2fVuFd/m8mN6f9H69mZ+2oCINMc/GH71WR0Kdqr85EwQvYZFkiSMcpCkIBhY&#10;rXlWGu7UA8gil/8fKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQ2OIx0ECAABMBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1x3a2N4AAAAI&#10;AQAADwAAAAAAAAAAAAAAAACbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9037" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00581539">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00737FA9" w:rsidRPr="00737FA9" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B431C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> в электронной форме</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="009B431C" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00581539">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по заявлениям, поступившим через ЕПГУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00737FA9" w:rsidRPr="009B431C" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
-[...10 lines deleted...]
-    <w:p w:rsidR="009B431C" w:rsidRPr="00BE5D0B" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+    <w:p w:rsidR="00737FA9" w:rsidRPr="005209E6" w:rsidRDefault="00737FA9" w:rsidP="00737FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE5D0B">
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>К заявлению прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B431C" w:rsidRPr="00ED78D6" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+    <w:p w:rsidR="00737FA9" w:rsidRPr="005209E6" w:rsidRDefault="00737FA9" w:rsidP="0095180D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Копия документа, подтверждающего право лица действовать от имени заявителя на _____ листе (ах) – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED78D6">
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>если подписант не директор!</w:t>
+        <w:t>если подписант не директор</w:t>
+      </w:r>
+      <w:r w:rsidR="0095180D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, то напечатать доверенность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005209E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B431C" w:rsidRPr="00BE5D0B" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+    <w:p w:rsidR="00737FA9" w:rsidRPr="005209E6" w:rsidRDefault="00737FA9" w:rsidP="0095180D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE5D0B">
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Согласие на обработку персональных данных работника, направляемого на аттестацию на </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B41B77">
+      <w:r w:rsidR="0095180D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>___</w:t>
+        <w:t>_1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0095180D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE5D0B">
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>листе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B431C" w:rsidRPr="00BE5D0B" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+    <w:p w:rsidR="00737FA9" w:rsidRPr="005209E6" w:rsidRDefault="00737FA9" w:rsidP="0095180D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE5D0B">
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Копия </w:t>
+        <w:t>Копия удостоверения о повышении квалификации (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0095180D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">удостоверения о повышении квалификации (А.1 - Б.12) </w:t>
+        <w:t>А.1 – Б.12</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE5D0B">
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>на ___ листе (ах)</w:t>
+        <w:t>) на ___ листе (ах)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B431C" w:rsidRDefault="009B431C" w:rsidP="009B431C">
+    <w:p w:rsidR="00C00F39" w:rsidRPr="005209E6" w:rsidRDefault="00737FA9" w:rsidP="0095180D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Копия платежного поручения № _____ от </w:t>
+        <w:t>Копия платежного поручения № _____ от ________г. на __</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="0095180D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>________</w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>г</w:t>
-[...28 lines deleted...]
-        <w:t>на ___ листе (ах)</w:t>
+        <w:t>_ листе (ах)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
-[...21 lines deleted...]
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+    <w:p w:rsidR="0095180D" w:rsidRDefault="0095180D" w:rsidP="00C00F39">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B431C">
+    </w:p>
+    <w:p w:rsidR="00C00F39" w:rsidRPr="005209E6" w:rsidRDefault="00C00F39" w:rsidP="00C00F39">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«_____»___________20 г.       ______________   ____________  ____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C00F39" w:rsidRPr="009B431C" w:rsidRDefault="009B431C" w:rsidP="00C00F39">
+    <w:p w:rsidR="001F2517" w:rsidRDefault="00C00F39" w:rsidP="00E737D9">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                     </w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C00F39" w:rsidRPr="009B431C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(должность)         (подпись)         (расшифровка)</w:t>
+        <w:t xml:space="preserve">должность)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005209E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4B14" w:rsidRPr="005209E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005209E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (подпись)        </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4B14" w:rsidRPr="005209E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005209E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (расшифровка)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD6C12" w:rsidRPr="009B431C" w:rsidRDefault="00C00F39" w:rsidP="00E737D9">
+    <w:p w:rsidR="00FD6C12" w:rsidRPr="001F2517" w:rsidRDefault="00C00F39" w:rsidP="00E737D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B431C">
+      <w:r w:rsidRPr="005209E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(место для печати)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FD6C12" w:rsidRPr="009B431C" w:rsidSect="009B431C">
+    <w:sectPr w:rsidR="00FD6C12" w:rsidRPr="001F2517" w:rsidSect="0095180D">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="850" w:bottom="426" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="707" w:bottom="426" w:left="1560" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54F0344C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A4A02B6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3597,491 +4929,555 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C00F39"/>
+    <w:rsid w:val="0001090B"/>
+    <w:rsid w:val="001F2517"/>
+    <w:rsid w:val="00225363"/>
+    <w:rsid w:val="00254303"/>
+    <w:rsid w:val="0046052D"/>
+    <w:rsid w:val="005209E6"/>
+    <w:rsid w:val="00553242"/>
+    <w:rsid w:val="006931C8"/>
+    <w:rsid w:val="006F09BB"/>
+    <w:rsid w:val="00737FA9"/>
+    <w:rsid w:val="007C4B14"/>
+    <w:rsid w:val="007E4000"/>
     <w:rsid w:val="008513C0"/>
-    <w:rsid w:val="009B431C"/>
-    <w:rsid w:val="00A00358"/>
+    <w:rsid w:val="0095180D"/>
+    <w:rsid w:val="00953427"/>
+    <w:rsid w:val="00B43EDE"/>
+    <w:rsid w:val="00B9387C"/>
+    <w:rsid w:val="00BF2BF2"/>
     <w:rsid w:val="00C00F39"/>
-    <w:rsid w:val="00C67102"/>
+    <w:rsid w:val="00C2075A"/>
+    <w:rsid w:val="00C236E7"/>
+    <w:rsid w:val="00CC176F"/>
+    <w:rsid w:val="00E51C46"/>
+    <w:rsid w:val="00E61A84"/>
     <w:rsid w:val="00E737D9"/>
-    <w:rsid w:val="00F85181"/>
+    <w:rsid w:val="00F42E6D"/>
     <w:rsid w:val="00FD6C12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1030"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{21E0FF7A-A0EC-4800-8291-3BF7C2FD29F8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...331 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C00F39"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4330,65 +5726,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>428</Words>
-  <Characters>2441</Characters>
+  <Words>751</Words>
+  <Characters>4287</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2864</CharactersWithSpaces>
+  <CharactersWithSpaces>5028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Запащикова Ольга Александровна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>